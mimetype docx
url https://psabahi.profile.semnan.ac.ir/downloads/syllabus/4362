--- v0 (2025-10-08)
+++ v1 (2025-11-28)
@@ -94,57 +94,57 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00E32E53">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>به نام ایزد  دانا</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743C43" w:rsidRDefault="007E6BD2" w:rsidP="00521726">
+    <w:p w:rsidR="00743C43" w:rsidRDefault="007E6BD2" w:rsidP="007C29E7">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:ind w:right="-630"/>
         <w:rPr>
-          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
+          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                 </w:t>
       </w:r>
       <w:r w:rsidR="00E32E53" w:rsidRPr="0007479E">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0007479E" w:rsidRPr="0007479E">
@@ -295,62 +295,62 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>30/6/</w:t>
       </w:r>
       <w:r w:rsidR="003E1922">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="004053B1">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00521726">
+      <w:r w:rsidR="007C29E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005908E6" w:rsidRDefault="007E6BD2" w:rsidP="00521726">
+    <w:p w:rsidR="005908E6" w:rsidRDefault="007E6BD2" w:rsidP="007C29E7">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:ind w:right="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                               </w:t>
       </w:r>
       <w:r w:rsidR="006B3CAE" w:rsidRPr="005908E6">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
@@ -470,79 +470,91 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A25E11">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نیمسال 1 سال تحصیلی </w:t>
       </w:r>
       <w:r w:rsidR="003010DA">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00521726">
+      <w:r w:rsidR="007C29E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00A25E11">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00521726">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>03</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="007C29E7">
+        <w:rPr>
+          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10330" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1525"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="484"/>
         <w:gridCol w:w="1586"/>
         <w:gridCol w:w="824"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="429"/>
         <w:gridCol w:w="975"/>
       </w:tblGrid>
       <w:tr w:rsidR="006261B7" w:rsidTr="00844A55">
         <w:trPr>
           <w:trHeight w:val="386"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -1257,51 +1269,51 @@
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0030794D" w:rsidRPr="0030794D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>p_sabahi@semnan.ac.ir</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE73D7" w:rsidTr="00746E7D">
         <w:trPr>
           <w:trHeight w:val="341"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE73D7" w:rsidRPr="00E31D17" w:rsidRDefault="00BE73D7" w:rsidP="00521726">
+          <w:p w:rsidR="00BE73D7" w:rsidRPr="00E31D17" w:rsidRDefault="00BE73D7" w:rsidP="007C29E7">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>برنامه تدریس در هفته و شماره کلاس:</w:t>
             </w:r>
             <w:r w:rsidR="00CD18E2">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
@@ -1317,112 +1329,160 @@
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003010DA">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>یک</w:t>
             </w:r>
             <w:r w:rsidR="00F46D73">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">شنبه ساعت </w:t>
             </w:r>
+            <w:r w:rsidR="007C29E7">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
             <w:r w:rsidR="003010DA">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 تا 11 و </w:t>
+              <w:t xml:space="preserve"> تا 1</w:t>
+            </w:r>
+            <w:r w:rsidR="007C29E7">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="003010DA">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> و </w:t>
             </w:r>
             <w:r w:rsidR="00521726">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>یک</w:t>
             </w:r>
             <w:r w:rsidR="00186E31">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">شنبه ساعت </w:t>
             </w:r>
             <w:r w:rsidR="00521726">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007C29E7">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00186E31">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> تا </w:t>
             </w:r>
             <w:r w:rsidR="00521726">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007C29E7">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2DEA" w:rsidTr="004B094A">
         <w:trPr>
           <w:trHeight w:val="359"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w:rsidR="008D2DEA" w:rsidRPr="008D2DEA" w:rsidRDefault="008D2DEA" w:rsidP="00844A55">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D2DEA">
@@ -3469,61 +3529,61 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B87E2F" w:rsidRDefault="00B87E2F" w:rsidP="00F46D73">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B87E2F" w:rsidSect="001E3CE8">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="432" w:right="1440" w:bottom="432" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00861510" w:rsidRDefault="00861510" w:rsidP="0007479E">
+    <w:p w:rsidR="00B7411C" w:rsidRDefault="00B7411C" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00861510" w:rsidRDefault="00861510" w:rsidP="0007479E">
+    <w:p w:rsidR="00B7411C" w:rsidRDefault="00B7411C" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3605,61 +3665,61 @@
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00861510" w:rsidRDefault="00861510" w:rsidP="0007479E">
+    <w:p w:rsidR="00B7411C" w:rsidRDefault="00B7411C" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00861510" w:rsidRDefault="00861510" w:rsidP="0007479E">
+    <w:p w:rsidR="00B7411C" w:rsidRDefault="00B7411C" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="245C07E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CC450C4"/>
     <w:lvl w:ilvl="0" w:tplc="4F945F6C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4554,65 +4614,67 @@
     <w:rsid w:val="003D23C3"/>
     <w:rsid w:val="003E1922"/>
     <w:rsid w:val="003F7254"/>
     <w:rsid w:val="004053B1"/>
     <w:rsid w:val="00436E75"/>
     <w:rsid w:val="0047518A"/>
     <w:rsid w:val="004B094A"/>
     <w:rsid w:val="004C0E17"/>
     <w:rsid w:val="00521726"/>
     <w:rsid w:val="0057367D"/>
     <w:rsid w:val="005908E6"/>
     <w:rsid w:val="005B71F9"/>
     <w:rsid w:val="005F6E02"/>
     <w:rsid w:val="006016F1"/>
     <w:rsid w:val="006076E7"/>
     <w:rsid w:val="006261B7"/>
     <w:rsid w:val="00660D4F"/>
     <w:rsid w:val="006B0268"/>
     <w:rsid w:val="006B3CAE"/>
     <w:rsid w:val="00704572"/>
     <w:rsid w:val="00721823"/>
     <w:rsid w:val="007367C0"/>
     <w:rsid w:val="00743C43"/>
     <w:rsid w:val="007A6B1B"/>
     <w:rsid w:val="007C00E4"/>
+    <w:rsid w:val="007C29E7"/>
     <w:rsid w:val="007E6BD2"/>
     <w:rsid w:val="008057AD"/>
     <w:rsid w:val="00844A55"/>
     <w:rsid w:val="00861510"/>
     <w:rsid w:val="008712BA"/>
     <w:rsid w:val="00891C14"/>
     <w:rsid w:val="0089471A"/>
     <w:rsid w:val="008D2DEA"/>
     <w:rsid w:val="00974BDB"/>
     <w:rsid w:val="00976813"/>
     <w:rsid w:val="0097724F"/>
     <w:rsid w:val="009870BB"/>
     <w:rsid w:val="00A25E11"/>
     <w:rsid w:val="00AD19E6"/>
     <w:rsid w:val="00AD3C7B"/>
+    <w:rsid w:val="00B7411C"/>
     <w:rsid w:val="00B87E2F"/>
     <w:rsid w:val="00B97D71"/>
     <w:rsid w:val="00BE73D7"/>
     <w:rsid w:val="00C1549F"/>
     <w:rsid w:val="00C4037E"/>
     <w:rsid w:val="00C84F12"/>
     <w:rsid w:val="00C95D37"/>
     <w:rsid w:val="00CD1115"/>
     <w:rsid w:val="00CD18E2"/>
     <w:rsid w:val="00E00030"/>
     <w:rsid w:val="00E13C35"/>
     <w:rsid w:val="00E31D17"/>
     <w:rsid w:val="00E32E53"/>
     <w:rsid w:val="00E35575"/>
     <w:rsid w:val="00E54B87"/>
     <w:rsid w:val="00F44E9F"/>
     <w:rsid w:val="00F46D73"/>
     <w:rsid w:val="00F672EE"/>
     <w:rsid w:val="00F92DE6"/>
     <w:rsid w:val="00FA3054"/>
     <w:rsid w:val="00FA4BE6"/>
     <w:rsid w:val="00FE7024"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -5500,70 +5562,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>249</Words>
+  <Words>248</Words>
   <Characters>1420</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1666</CharactersWithSpaces>
+  <CharactersWithSpaces>1665</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>AMOZESH</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>