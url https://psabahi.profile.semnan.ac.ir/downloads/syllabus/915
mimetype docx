--- v0 (2025-10-08)
+++ v1 (2025-11-28)
@@ -94,57 +94,57 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00E32E53">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>به نام ایزد  دانا</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743C43" w:rsidRDefault="007E6BD2" w:rsidP="00B74392">
+    <w:p w:rsidR="00743C43" w:rsidRDefault="007E6BD2" w:rsidP="00C9682A">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:ind w:right="-630"/>
         <w:rPr>
-          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
+          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                 </w:t>
       </w:r>
       <w:r w:rsidR="00E32E53" w:rsidRPr="0007479E">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0007479E" w:rsidRPr="0007479E">
@@ -285,62 +285,62 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B4AC7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>30/6/1</w:t>
       </w:r>
       <w:r w:rsidR="0095488F">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
-      <w:r w:rsidR="00B74392">
+      <w:r w:rsidR="00C9682A">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005908E6" w:rsidRDefault="007E6BD2" w:rsidP="00B74392">
+    <w:p w:rsidR="005908E6" w:rsidRDefault="007E6BD2" w:rsidP="00C9682A">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:ind w:right="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                               </w:t>
       </w:r>
       <w:r w:rsidR="006B3CAE" w:rsidRPr="005908E6">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
@@ -478,81 +478,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="006B3CAE" w:rsidRPr="007E6BD2">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">سال تحصیلی </w:t>
       </w:r>
       <w:r w:rsidR="00B74392">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>04</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9682A">
+        <w:rPr>
+          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0030794D">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00BE4B14">
+      <w:r w:rsidR="00C9682A">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...9 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>04</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10330" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1525"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="768"/>
         <w:gridCol w:w="1302"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="429"/>
         <w:gridCol w:w="975"/>
       </w:tblGrid>
       <w:tr w:rsidR="006261B7" w:rsidTr="006A644B">
         <w:trPr>
           <w:trHeight w:val="386"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -1207,189 +1207,179 @@
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0030794D" w:rsidRPr="0030794D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>p_sabahi@semnan.ac.ir</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE73D7" w:rsidTr="00746E7D">
         <w:trPr>
           <w:trHeight w:val="341"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE73D7" w:rsidRPr="00E31D17" w:rsidRDefault="00BE73D7" w:rsidP="002A3B34">
+          <w:p w:rsidR="00BE73D7" w:rsidRPr="00E31D17" w:rsidRDefault="00BE73D7" w:rsidP="00C9682A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>برنامه تدریس در هفته و شماره کلاس:</w:t>
             </w:r>
             <w:r w:rsidR="00CD18E2">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0095488F">
-[...7 lines deleted...]
-              <w:t>سه</w:t>
+            <w:r w:rsidR="00C9682A">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>یک</w:t>
             </w:r>
             <w:r w:rsidR="0030794D">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> شنبه ساعت</w:t>
+              <w:t>شنبه ساعت</w:t>
             </w:r>
             <w:r w:rsidR="006A644B">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0095488F">
-[...7 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="00C9682A">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="0053187F">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> تا </w:t>
             </w:r>
-            <w:r w:rsidR="0095488F">
-[...7 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="00C9682A">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>12 و یک</w:t>
             </w:r>
             <w:r w:rsidR="006A644B">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> و سه شنبه</w:t>
+              <w:t>شنبه</w:t>
+            </w:r>
+            <w:r w:rsidR="00C9682A">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13 </w:t>
             </w:r>
             <w:r w:rsidR="009B4AC7">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 1</w:t>
-[...29 lines deleted...]
-              <w:t>7</w:t>
+              <w:t xml:space="preserve"> تا</w:t>
+            </w:r>
+            <w:r w:rsidR="00C9682A">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2DEA" w:rsidTr="004B094A">
         <w:trPr>
           <w:trHeight w:val="359"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w:rsidR="008D2DEA" w:rsidRPr="008D2DEA" w:rsidRDefault="008D2DEA" w:rsidP="006A644B">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
@@ -3218,61 +3208,61 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B87E2F" w:rsidRDefault="00B87E2F" w:rsidP="001E3CE8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B87E2F" w:rsidSect="001E3CE8">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="432" w:right="1440" w:bottom="432" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00590C01" w:rsidRDefault="00590C01" w:rsidP="0007479E">
+    <w:p w:rsidR="007850B3" w:rsidRDefault="007850B3" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00590C01" w:rsidRDefault="00590C01" w:rsidP="0007479E">
+    <w:p w:rsidR="007850B3" w:rsidRDefault="007850B3" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3354,61 +3344,61 @@
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00590C01" w:rsidRDefault="00590C01" w:rsidP="0007479E">
+    <w:p w:rsidR="007850B3" w:rsidRDefault="007850B3" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00590C01" w:rsidRDefault="00590C01" w:rsidP="0007479E">
+    <w:p w:rsidR="007850B3" w:rsidRDefault="007850B3" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="21267970"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="190AE570"/>
     <w:lvl w:ilvl="0" w:tplc="9D4039B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4297,74 +4287,76 @@
     <w:rsid w:val="002668B9"/>
     <w:rsid w:val="002A3B34"/>
     <w:rsid w:val="002E2132"/>
     <w:rsid w:val="0030794D"/>
     <w:rsid w:val="00321206"/>
     <w:rsid w:val="003D23C3"/>
     <w:rsid w:val="003F10CF"/>
     <w:rsid w:val="003F7254"/>
     <w:rsid w:val="004070F6"/>
     <w:rsid w:val="00416F56"/>
     <w:rsid w:val="004555A4"/>
     <w:rsid w:val="004B094A"/>
     <w:rsid w:val="004C0E17"/>
     <w:rsid w:val="0053187F"/>
     <w:rsid w:val="005908E6"/>
     <w:rsid w:val="00590C01"/>
     <w:rsid w:val="005B71F9"/>
     <w:rsid w:val="006016F1"/>
     <w:rsid w:val="006261B7"/>
     <w:rsid w:val="006A644B"/>
     <w:rsid w:val="006B0268"/>
     <w:rsid w:val="006B3CAE"/>
     <w:rsid w:val="00704572"/>
     <w:rsid w:val="007367C0"/>
     <w:rsid w:val="00743C43"/>
+    <w:rsid w:val="007850B3"/>
     <w:rsid w:val="007A6B1B"/>
     <w:rsid w:val="007C00E4"/>
     <w:rsid w:val="007E6BD2"/>
     <w:rsid w:val="008712BA"/>
     <w:rsid w:val="00891C14"/>
     <w:rsid w:val="0089471A"/>
     <w:rsid w:val="008D2DEA"/>
     <w:rsid w:val="00921698"/>
     <w:rsid w:val="0095488F"/>
     <w:rsid w:val="00976813"/>
     <w:rsid w:val="0097724F"/>
     <w:rsid w:val="009870BB"/>
     <w:rsid w:val="009B4AC7"/>
     <w:rsid w:val="009E245C"/>
     <w:rsid w:val="00AC6942"/>
     <w:rsid w:val="00AD19E6"/>
     <w:rsid w:val="00B74392"/>
     <w:rsid w:val="00B8625B"/>
     <w:rsid w:val="00B87E2F"/>
     <w:rsid w:val="00B97D71"/>
     <w:rsid w:val="00BE4B14"/>
     <w:rsid w:val="00BE73D7"/>
     <w:rsid w:val="00C1549F"/>
     <w:rsid w:val="00C84F12"/>
+    <w:rsid w:val="00C9682A"/>
     <w:rsid w:val="00CD18E2"/>
     <w:rsid w:val="00D06407"/>
     <w:rsid w:val="00DA0710"/>
     <w:rsid w:val="00E00030"/>
     <w:rsid w:val="00E13C35"/>
     <w:rsid w:val="00E31D17"/>
     <w:rsid w:val="00E32E53"/>
     <w:rsid w:val="00ED4E4D"/>
     <w:rsid w:val="00EF15ED"/>
     <w:rsid w:val="00F44E9F"/>
     <w:rsid w:val="00FA3054"/>
     <w:rsid w:val="00FA4BE6"/>
     <w:rsid w:val="00FE7024"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>